--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -2780,51 +2780,51 @@
   <si>
     <t>928</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual aos Servidores da Câmara Municipal de Prata-MG</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/929/projeto_de_resolucao_n._002.2023.pdf</t>
   </si>
   <si>
     <t>Concede a Revisão Geral Anual dos subsídios dos Vereadores da Câmara Municipal de Prata- MG</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_resolucao_n._003.2024.pdf</t>
+    <t>https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_resolucao_n._003.2025_2.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal do Prata-MG a firmar convênio com o SEBRAE (Serviço Brasileiro de Apoio as Micro e Pequenas Empresas) do Estado de Minas Gerais</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/988/projeto_de_resolucao_n._004.2024_1.pdf</t>
   </si>
   <si>
     <t>Fixa o valor do auxílio alimentação dos servidores públicos da Câmara Municipal do Prata / MG</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>“Altera_x000D_
 a Resolução n.003/2022 que disciplina a contratação temporária por excepcional interesse_x000D_
 público no âmbito da Câmara Municipal do Prata-MG, e dá outras providências</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
@@ -3175,51 +3175,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/907/requerimento_n._001.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/908/requerimento_n._002.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/909/requerimento_n._003.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/910/requerimento_n._004.2024_-_fabio_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/911/requerimento_n._005.2024_-_fabio_05.02.2024_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/912/requerimento_n._006.2024_-_fabio_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/913/requerimento_n._007.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/914/requerimento_n._008.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/916/requerimento_n._010.2024-_ane_rose_05.02.2024_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/940/requerimento_n._011.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/941/requerimento_n._012.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/942/requerimento_n._013.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/943/requerimento_n._014.2024_ane_rose.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/944/requerimento_n._015.2024_ozanan.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/945/requerimento_n._016.2024_fabio_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/946/requerimento_n._017.2024_fabio_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/958/requerimento_n._018.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/949/19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/950/20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/951/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/952/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/953/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/954/24-9.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/955/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/959/requerimento_n._026.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/960/requerimento_n._027.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/963/requerimento_n._029.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/964/requerimento_n._030.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/965/requerimento_n._031.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/966/requerimento_n._032.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/974/requerimento_n._033.2024_ozanan.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/975/requerimento_n._034.2024_fabio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/976/requerimento_n._035.2024_fabio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/977/requerimento_n._036.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/978/requerimento_n._037.2024_nevilson_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/979/requerimento_n._038.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/980/requerimento_n._039.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/981/requerimento_n._040.2024_claudimar.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/982/requerimento_n._041.2024_ozanan_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/983/requerimento_n._042.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/984/requerimento_n._043.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/985/requerimento_n._044.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/986/requerimento_n._045.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/987/requerimento_n._046.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/990/requerimento_n._047.2024_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/992/requerimento_n._048.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/993/requerimento_n._049.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/994/requerimento_n._050.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/995/requerimento_n._051.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/996/requerimento_n._052.2024_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/997/requerimento_n._053.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1000/requerimento_n._054.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1001/requerimento_n._055.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1002/requerimento_n._056.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1010/requerimento_n._057.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1011/requerimento_058.2024_-_sentido_unico.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1017/requerimento_n._059.2024_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1020/requerimento_n.060.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1021/requerimento_n.061.2024_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1027/requerimento_n.062.2024_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1022/requerimento_n.063.2024_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1023/requerimento_n.064.2024_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1028/requerimento_065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1029/requerimento_066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1030/requerimento_067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1034/requerimento_068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1035/requerimento_069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1037/requerimento_070.2024_limpeza_publica_-_copia.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1038/requerimento_071.2024_ajuda_de_custo_ou_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1042/requerimento_n._072.2024_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1043/requerimento_n._073.2024_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1044/requerimento_n._074.2024_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1045/requerimento_n._075.2024_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1053/requerimento_n._076.2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1049/requerimento_n._077.2024_2_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1050/requerimento_n._078.2024_2_2.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1051/requerimento_n._079.2024_2_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1052/requerimento_n._080.2024_3.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1054/requerimento_n._081.2024_3.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1055/requerimento_n._082.2024_3.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1056/requerimento_n._083.2024_3.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1057/requerimento_n._084.2024_5.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1058/requerimento_n._085.2024_4.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1059/requerimento_n._086.2024_3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1066/requerimento_n._087.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1067/requerimento_n._088.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1068/requerimento_089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1069/requerimento_090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1072/requerimento_n._091.2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1073/requerimento_n._092.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1074/requerimento_n._093.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1075/requerimento_n._094.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1076/requerimento_n._095.2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1077/requerimento_n._096.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1084/requerimento_n._097.2024_-_ozanan.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1086/requerimento_n._099.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1087/requerimento_n._100.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1088/requerimento_n._101.2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1089/requerimento_n._102.2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1090/requerimento_n._103.2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1091/requerimento_n._104.2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1093/requerimento_n._105.2024-.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1094/requerimento_n._106.2024-.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1095/requerimento_n._107.2024-.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1096/requerimento_n._108.2024-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_n._109.2024-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1098/requerimento_n._110.2024_-.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1099/requerimento_n._111.2024_2.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1100/requerimento_n._112.2024_-.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1101/requerimento_n._113.2024_2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_n._114.2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1105/requerimento_n._115.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1106/requerimento_n._116.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1107/requerimento_n._117.2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1108/requerimento_n._118.2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1113/requerimento_n._119.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1114/requerimento_n._120.2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1115/requerimento_n._121.2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1116/requerimento_n._122.2024-.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1117/requerimento_n._123.2024-.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1118/requerimento_n._124.2024-.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1119/requerimento_n._125.2024-.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1120/requerimento_n._126.2024_-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1121/requerimento_n._127.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1122/requerimento_n._128.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1123/requerimento_n._129.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1124/requerimento_n._130.2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1126/requerimento_n._131.2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1127/requerimento_n._132.2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1128/requerimento_n._133.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1129/requerimento_n._134.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1148/requerimento_n._0135.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1150/requerimento_n._0137.2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1151/requerimento_n._0138.2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1152/requerimento_n._0139.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1157/requerimento_n._140.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/917/projeto_de_lei_n._001.2024-1-3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/926/projeto_de_lei_n._002.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/927/projeto_de_lei_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/937/projeto_de_lei_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/939/projeto_de_lei_n._005.2024_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/947/projeto_de_lei_n._006.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/948/projeto_de_lei_n._007.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/968/projeto_de_lei_n._008.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/969/projeto_de_lei_n._009.2024_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_n._010.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/989/projeto_de_lei_n._011.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/991/projeto_de_lei_n._012.2024_1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/998/projeto_de_lei_n._013.2024_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/999/projeto_de_lei_n._014.2023_2.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1004/requerimento_n._056.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1005/projeto_de_lei_n._016.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1013/projeto_de_lei_n._017.2024_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1014/projeto_de_lei_n._018.2024_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1025/digitalizar0107_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1032/projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1036/projeto_de_lei_n._021.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1046/projeto_de_lei_n._022.2024_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1047/projeto_de_lei_n._023.2024_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1061/projeto_de_lei_n._024.2024_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1062/projeto_de_lei_n.025.2024_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_n._027.2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_n._028.2024_loa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1130/projeto_de_lei_n._030.2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1131/projeto_de_lei_n._031.2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_032.2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei_no_033.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_n._034.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1135/projeto_de_lei_n._035.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1139/projeto_de_lei_n._036.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_lei_n._037.2024_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1142/projeto_de_lei_n._038.2024_2.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1143/projeto_de_lei_n._039.2024_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1144/projeto_de_lei_n._040.2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1145/projeto_de_lei_n._041.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1146/projeto_de_lei_n._042.2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1147/projeto_de_le_n._043.2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1153/projeto_de_lei_n._044.2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/924/projeto_de_lei_complementar_n._001.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/925/projeto_de_lei_complementar_n._002.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/935/projeto_de_lei_complementar_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/936/projeto_de_lei_complementar_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/956/plc_n._005.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/957/plc_n._006.2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/962/projeto_de_lei_complementar_n._007.2024_1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/967/projeto_de_lei_complementar_n._008.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_lei_complementar_009.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_lei_complementar_010.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/973/projeto_de_lei_complementar_011.2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1012/projeto_de_lei_complementar_n._012.2024_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1024/projeto_de_lei_complementar_n._013.2024_3.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1031/plc_014.2024_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_lei_complementar_n.015.2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_de_lei_complementar_n._016.2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1065/plc_n._017.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1103/projeto_de_lei_complementar_n._018.2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1109/projeto_de_lei_complementar_019.2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_complementar_n._020.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1140/projeto_de_lei_complementar_n._021.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1154/projeto_de_lei_complementar_n._022.2024_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1158/projeto_de_lei_complementar_n._023.2024_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1159/projeto_de_lei_complementar_n._024.2024_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/920/projeto_de_lei_complementar_n._001.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_de_decreto_legislativo_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_de_decreto_legislativo_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/930/projeto_de_decreto_legislativo_n._005.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_de_decreto_legislativo_n._006.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/932/projeto_de_decreto_legislativo_n._007.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_de_decreto_legislativo_n._008.2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/934/projeto_de_decreto_legislativo_n._009.2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1006/projeto_de_decreto_legislativo_n._010.2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1007/projeto_de_decreto_legislativo_n._011.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1008/projeto_de_decreto_legislativo_n._012.2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1026/projeto_de_decreto_legislativo_n._013.2024_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1041/projeto_de_decreto_legislativo_n._014.2024_3.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1070/pdl_n._015.2024_concede_titulo_de_cidadao_honorario_a_jose_carlos_souza.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1071/pdl_n._016.2024_concede_titulo_de_cidadao_honorario_a_andressa_casanova.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1078/pdl_017.2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1080/pdl_019.2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1081/pdl_020.2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1082/pdl_021.2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1003/mocao_de_aplausos_n._001.2024_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1009/mocao_de_pesar_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1015/mocao_de_aplauso_004.2024_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1016/mocao_de_aplauso_005.2024_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1018/mocao_de_pesar_n.004.2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1040/mocao_de_pesar_n._007.2024_1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1060/mocao_de_pesar_n._008.2024_4.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1019/mocao_de_apoio_n.001.2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1039/mocao_de_aplausos_n._006.2024_2.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1110/mocao_de_pesar_n._009.2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1111/mocao_de_pesar_n._010.2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1137/mocao_de_aplausos_n._011.2024_-.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1138/mocao_de_aplausos_n._012.2024_-.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1104/proposta_de_emenda_a_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/929/projeto_de_resolucao_n._002.2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_resolucao_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/988/projeto_de_resolucao_n._004.2024_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1048/projeto_de_resolucao_n._006.2024_1.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1155/projeto_de_resolucao_n._007.2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1156/projeto_de_resolucao_n._008.2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/907/requerimento_n._001.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/908/requerimento_n._002.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/909/requerimento_n._003.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/910/requerimento_n._004.2024_-_fabio_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/911/requerimento_n._005.2024_-_fabio_05.02.2024_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/912/requerimento_n._006.2024_-_fabio_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/913/requerimento_n._007.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/914/requerimento_n._008.2024_-_nevilson_05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/916/requerimento_n._010.2024-_ane_rose_05.02.2024_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/940/requerimento_n._011.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/941/requerimento_n._012.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/942/requerimento_n._013.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/943/requerimento_n._014.2024_ane_rose.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/944/requerimento_n._015.2024_ozanan.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/945/requerimento_n._016.2024_fabio_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/946/requerimento_n._017.2024_fabio_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/958/requerimento_n._018.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/949/19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/950/20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/951/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/952/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/953/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/954/24-9.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/955/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/959/requerimento_n._026.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/960/requerimento_n._027.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/963/requerimento_n._029.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/964/requerimento_n._030.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/965/requerimento_n._031.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/966/requerimento_n._032.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/974/requerimento_n._033.2024_ozanan.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/975/requerimento_n._034.2024_fabio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/976/requerimento_n._035.2024_fabio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/977/requerimento_n._036.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/978/requerimento_n._037.2024_nevilson_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/979/requerimento_n._038.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/980/requerimento_n._039.2024_nevilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/981/requerimento_n._040.2024_claudimar.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/982/requerimento_n._041.2024_ozanan_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/983/requerimento_n._042.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/984/requerimento_n._043.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/985/requerimento_n._044.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/986/requerimento_n._045.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/987/requerimento_n._046.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/990/requerimento_n._047.2024_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/992/requerimento_n._048.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/993/requerimento_n._049.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/994/requerimento_n._050.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/995/requerimento_n._051.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/996/requerimento_n._052.2024_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/997/requerimento_n._053.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1000/requerimento_n._054.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1001/requerimento_n._055.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1002/requerimento_n._056.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1010/requerimento_n._057.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1011/requerimento_058.2024_-_sentido_unico.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1017/requerimento_n._059.2024_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1020/requerimento_n.060.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1021/requerimento_n.061.2024_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1027/requerimento_n.062.2024_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1022/requerimento_n.063.2024_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1023/requerimento_n.064.2024_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1028/requerimento_065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1029/requerimento_066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1030/requerimento_067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1034/requerimento_068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1035/requerimento_069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1037/requerimento_070.2024_limpeza_publica_-_copia.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1038/requerimento_071.2024_ajuda_de_custo_ou_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1042/requerimento_n._072.2024_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1043/requerimento_n._073.2024_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1044/requerimento_n._074.2024_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1045/requerimento_n._075.2024_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1053/requerimento_n._076.2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1049/requerimento_n._077.2024_2_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1050/requerimento_n._078.2024_2_2.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1051/requerimento_n._079.2024_2_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1052/requerimento_n._080.2024_3.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1054/requerimento_n._081.2024_3.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1055/requerimento_n._082.2024_3.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1056/requerimento_n._083.2024_3.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1057/requerimento_n._084.2024_5.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1058/requerimento_n._085.2024_4.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1059/requerimento_n._086.2024_3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1066/requerimento_n._087.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1067/requerimento_n._088.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1068/requerimento_089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1069/requerimento_090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1072/requerimento_n._091.2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1073/requerimento_n._092.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1074/requerimento_n._093.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1075/requerimento_n._094.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1076/requerimento_n._095.2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1077/requerimento_n._096.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1084/requerimento_n._097.2024_-_ozanan.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1086/requerimento_n._099.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1087/requerimento_n._100.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1088/requerimento_n._101.2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1089/requerimento_n._102.2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1090/requerimento_n._103.2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1091/requerimento_n._104.2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1093/requerimento_n._105.2024-.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1094/requerimento_n._106.2024-.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1095/requerimento_n._107.2024-.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1096/requerimento_n._108.2024-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_n._109.2024-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1098/requerimento_n._110.2024_-.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1099/requerimento_n._111.2024_2.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1100/requerimento_n._112.2024_-.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1101/requerimento_n._113.2024_2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_n._114.2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1105/requerimento_n._115.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1106/requerimento_n._116.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1107/requerimento_n._117.2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1108/requerimento_n._118.2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1113/requerimento_n._119.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1114/requerimento_n._120.2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1115/requerimento_n._121.2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1116/requerimento_n._122.2024-.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1117/requerimento_n._123.2024-.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1118/requerimento_n._124.2024-.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1119/requerimento_n._125.2024-.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1120/requerimento_n._126.2024_-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1121/requerimento_n._127.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1122/requerimento_n._128.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1123/requerimento_n._129.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1124/requerimento_n._130.2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1126/requerimento_n._131.2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1127/requerimento_n._132.2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1128/requerimento_n._133.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1129/requerimento_n._134.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1148/requerimento_n._0135.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1150/requerimento_n._0137.2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1151/requerimento_n._0138.2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1152/requerimento_n._0139.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1157/requerimento_n._140.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/917/projeto_de_lei_n._001.2024-1-3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/926/projeto_de_lei_n._002.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/927/projeto_de_lei_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/937/projeto_de_lei_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/939/projeto_de_lei_n._005.2024_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/947/projeto_de_lei_n._006.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/948/projeto_de_lei_n._007.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/968/projeto_de_lei_n._008.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/969/projeto_de_lei_n._009.2024_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_n._010.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/989/projeto_de_lei_n._011.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/991/projeto_de_lei_n._012.2024_1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/998/projeto_de_lei_n._013.2024_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/999/projeto_de_lei_n._014.2023_2.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1004/requerimento_n._056.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1005/projeto_de_lei_n._016.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1013/projeto_de_lei_n._017.2024_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1014/projeto_de_lei_n._018.2024_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1025/digitalizar0107_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1032/projeto_de_lei_020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1036/projeto_de_lei_n._021.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1046/projeto_de_lei_n._022.2024_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1047/projeto_de_lei_n._023.2024_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1061/projeto_de_lei_n._024.2024_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1062/projeto_de_lei_n.025.2024_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto_de_lei_n._027.2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_n._028.2024_loa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1130/projeto_de_lei_n._030.2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1131/projeto_de_lei_n._031.2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_032.2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei_no_033.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_n._034.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1135/projeto_de_lei_n._035.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1139/projeto_de_lei_n._036.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_lei_n._037.2024_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1142/projeto_de_lei_n._038.2024_2.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1143/projeto_de_lei_n._039.2024_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1144/projeto_de_lei_n._040.2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1145/projeto_de_lei_n._041.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1146/projeto_de_lei_n._042.2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1147/projeto_de_le_n._043.2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1153/projeto_de_lei_n._044.2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/924/projeto_de_lei_complementar_n._001.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/925/projeto_de_lei_complementar_n._002.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/935/projeto_de_lei_complementar_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/936/projeto_de_lei_complementar_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/956/plc_n._005.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/957/plc_n._006.2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/962/projeto_de_lei_complementar_n._007.2024_1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/967/projeto_de_lei_complementar_n._008.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_lei_complementar_009.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_lei_complementar_010.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/973/projeto_de_lei_complementar_011.2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1012/projeto_de_lei_complementar_n._012.2024_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1024/projeto_de_lei_complementar_n._013.2024_3.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1031/plc_014.2024_1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_lei_complementar_n.015.2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_de_lei_complementar_n._016.2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1065/plc_n._017.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1103/projeto_de_lei_complementar_n._018.2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1109/projeto_de_lei_complementar_019.2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_complementar_n._020.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1140/projeto_de_lei_complementar_n._021.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1154/projeto_de_lei_complementar_n._022.2024_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1158/projeto_de_lei_complementar_n._023.2024_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1159/projeto_de_lei_complementar_n._024.2024_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/920/projeto_de_lei_complementar_n._001.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_de_decreto_legislativo_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_de_decreto_legislativo_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/930/projeto_de_decreto_legislativo_n._005.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_de_decreto_legislativo_n._006.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/932/projeto_de_decreto_legislativo_n._007.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_de_decreto_legislativo_n._008.2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/934/projeto_de_decreto_legislativo_n._009.2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1006/projeto_de_decreto_legislativo_n._010.2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1007/projeto_de_decreto_legislativo_n._011.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1008/projeto_de_decreto_legislativo_n._012.2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1026/projeto_de_decreto_legislativo_n._013.2024_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1041/projeto_de_decreto_legislativo_n._014.2024_3.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1070/pdl_n._015.2024_concede_titulo_de_cidadao_honorario_a_jose_carlos_souza.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1071/pdl_n._016.2024_concede_titulo_de_cidadao_honorario_a_andressa_casanova.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1078/pdl_017.2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1080/pdl_019.2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1081/pdl_020.2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1082/pdl_021.2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1003/mocao_de_aplausos_n._001.2024_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1009/mocao_de_pesar_n._003.2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1015/mocao_de_aplauso_004.2024_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1016/mocao_de_aplauso_005.2024_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1018/mocao_de_pesar_n.004.2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1040/mocao_de_pesar_n._007.2024_1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1060/mocao_de_pesar_n._008.2024_4.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1019/mocao_de_apoio_n.001.2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1039/mocao_de_aplausos_n._006.2024_2.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1110/mocao_de_pesar_n._009.2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1111/mocao_de_pesar_n._010.2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1137/mocao_de_aplausos_n._011.2024_-.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1138/mocao_de_aplausos_n._012.2024_-.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1104/proposta_de_emenda_a_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/929/projeto_de_resolucao_n._002.2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_resolucao_n._003.2025_2.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/988/projeto_de_resolucao_n._004.2024_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1048/projeto_de_resolucao_n._006.2024_1.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1155/projeto_de_resolucao_n._007.2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.prata.mg.leg.br/media/sapl/public/materialegislativa/2024/1156/projeto_de_resolucao_n._008.2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="91.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="142.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>